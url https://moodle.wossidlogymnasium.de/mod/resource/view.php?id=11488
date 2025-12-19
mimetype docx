--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -1,353 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="008D305F" w:rsidRDefault="00CE255E" w:rsidP="00CE255E">
+    <w:p w14:paraId="39686B43" w14:textId="77777777" w:rsidR="008D305F" w:rsidRDefault="00CE255E" w:rsidP="00CE255E">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r>
         <w:t>Umwandlung eines ER-Modells in das relationale Modell</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F4DCA" w:rsidRDefault="00CE255E" w:rsidP="00771E1E">
+    <w:p w14:paraId="75E7AE45" w14:textId="77777777" w:rsidR="002F4DCA" w:rsidRDefault="00CE255E" w:rsidP="00771E1E">
       <w:r>
-        <w:t xml:space="preserve">Gegeben sind das folgende ER-Modell sowie einige Applikationskarten. Stellen Sie in ihrer Gruppe mit Hilfe der Applikationskarten das zugehörige Relationenschema her. </w:t>
+        <w:t xml:space="preserve">Gegeben sind das folgende ER-Modell sowie einige Applikationskarten. Stellen Sie in ihrer Gruppe mit Hilfe der Applikationskarten das zugehörige </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Relationenschema</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> her. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0016382E" w:rsidRDefault="0016382E" w:rsidP="0016382E">
+    <w:p w14:paraId="54159177" w14:textId="77777777" w:rsidR="0016382E" w:rsidRDefault="0016382E" w:rsidP="0016382E">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="767452AC" wp14:editId="67947DCD">
-[...1 lines deleted...]
-            <wp:effectExtent l="1588" t="0" r="2222" b="2223"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22F172CD" wp14:editId="057A8A1D">
+            <wp:extent cx="7847593" cy="3925793"/>
+            <wp:effectExtent l="0" t="1270" r="0" b="0"/>
             <wp:docPr id="3" name="Grafik 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="D:\Informatik\Klasse 11_12\1 Datenbanken\Ablauf\03 RM\01 Maschienenverleih_2014.png"/>
+                    <pic:cNvPr id="3" name="Grafik 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
-                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm rot="16200000">
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7886248" cy="4225320"/>
+                      <a:ext cx="7847593" cy="3925793"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="002F4DCA" w:rsidRPr="00771E1E" w:rsidRDefault="002F4DCA" w:rsidP="00771E1E"/>
+    <w:p w14:paraId="5A7A5A92" w14:textId="77777777" w:rsidR="002F4DCA" w:rsidRPr="00771E1E" w:rsidRDefault="002F4DCA" w:rsidP="00771E1E"/>
     <w:sectPr w:rsidR="002F4DCA" w:rsidRPr="00771E1E" w:rsidSect="0037159F">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00815B72" w:rsidRDefault="00815B72">
+    <w:p w14:paraId="41B8BB30" w14:textId="77777777" w:rsidR="00EA131A" w:rsidRDefault="00EA131A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00815B72" w:rsidRDefault="00815B72">
+    <w:p w14:paraId="6DADCC5C" w14:textId="77777777" w:rsidR="00EA131A" w:rsidRDefault="00EA131A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00562BB8" w:rsidRPr="00E922B7" w:rsidRDefault="00562BB8" w:rsidP="00E922B7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4DC9CCA8" w14:textId="77777777" w:rsidR="008D2838" w:rsidRDefault="008D2838">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="60291418" w14:textId="3405C1FD" w:rsidR="00562BB8" w:rsidRPr="008D2838" w:rsidRDefault="008D2838" w:rsidP="008D2838">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E922B7">
+    <w:r>
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:noProof/>
       </w:rPr>
-      <w:t xml:space="preserve">© T. Hempel </w:t>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18BE195F" wp14:editId="4FE01EC3">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>5246370</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>24130</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="509905" cy="179705"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="2" name="Grafik 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Grafik 21"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="509905" cy="179705"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00E922B7">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>·</w:t>
+      <w:t xml:space="preserve">CC BY-SA 4.0 T. Hempel · Version vom </w:t>
     </w:r>
-    <w:r w:rsidRPr="00E922B7">
+    <w:r>
       <w:rPr>
-        <w:sz w:val="16"/>
-[...5 lines deleted...]
-      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00E922B7">
+    <w:r>
       <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> SAVEDATE  \@ "dd.MM.yyyy"  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00E922B7">
+    <w:r>
       <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C521C7">
+    <w:r w:rsidR="00724087">
       <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>15.10.2017</w:t>
+      <w:t>05.11.2024</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E922B7">
+    <w:r>
       <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69A03B95" w14:textId="77777777" w:rsidR="008D2838" w:rsidRDefault="008D2838">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00815B72" w:rsidRDefault="00815B72">
+    <w:p w14:paraId="709A6D91" w14:textId="77777777" w:rsidR="00EA131A" w:rsidRDefault="00EA131A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00815B72" w:rsidRDefault="00815B72">
+    <w:p w14:paraId="5863A70F" w14:textId="77777777" w:rsidR="00EA131A" w:rsidRDefault="00EA131A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28A8A585" w14:textId="77777777" w:rsidR="008D2838" w:rsidRDefault="008D2838">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1116"/>
       <w:gridCol w:w="8171"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00562BB8" w:rsidRPr="00E922B7">
+    <w:tr w:rsidR="00562BB8" w:rsidRPr="00E922B7" w14:paraId="55779829" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1008" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00562BB8" w:rsidRPr="00E922B7" w:rsidRDefault="00771E1E" w:rsidP="003B205A">
+        <w:p w14:paraId="5BC3B243" w14:textId="77777777" w:rsidR="00562BB8" w:rsidRPr="00E922B7" w:rsidRDefault="00771E1E" w:rsidP="003B205A">
           <w:pPr>
             <w:pStyle w:val="Kopfzeile"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
               <w:tab w:val="clear" w:pos="9072"/>
             </w:tabs>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7332CEA0" wp14:editId="7F2DBD24">
                 <wp:extent cx="571500" cy="523875"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Bild 1" descr="eule"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="eule"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1" noCrop="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -355,74 +452,74 @@
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8204" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00562BB8" w:rsidRDefault="00562BB8" w:rsidP="0037159F">
+        <w:p w14:paraId="7D9AAE52" w14:textId="77777777" w:rsidR="00562BB8" w:rsidRDefault="00562BB8" w:rsidP="0037159F">
           <w:pPr>
             <w:pStyle w:val="Kopfzeile"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
               <w:tab w:val="clear" w:pos="9072"/>
             </w:tabs>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E922B7">
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:t>Arbeitsauftrag Informatik</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00562BB8" w:rsidRPr="0037159F" w:rsidRDefault="00562BB8" w:rsidP="0037159F">
+        <w:p w14:paraId="321E74E7" w14:textId="77777777" w:rsidR="00562BB8" w:rsidRPr="0037159F" w:rsidRDefault="00562BB8" w:rsidP="0037159F">
           <w:pPr>
             <w:pStyle w:val="Kopfzeile"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="right" w:pos="4032"/>
               <w:tab w:val="right" w:pos="7452"/>
             </w:tabs>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0037159F">
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve">Name: </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
@@ -431,56 +528,66 @@
           <w:r w:rsidRPr="0037159F">
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve">Vorname: </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:tab/>
           </w:r>
           <w:r w:rsidRPr="0037159F">
             <w:rPr>
               <w:b/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>Klasse:</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00562BB8" w:rsidRDefault="00562BB8"/>
+  <w:p w14:paraId="6815395B" w14:textId="77777777" w:rsidR="00562BB8" w:rsidRDefault="00562BB8"/>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="25E06603" w14:textId="77777777" w:rsidR="008D2838" w:rsidRDefault="008D2838">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13F305A5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F0C44BE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -779,165 +886,182 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="107240897">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1839612380">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="632056837">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE255E"/>
+    <w:rsid w:val="00076AE0"/>
     <w:rsid w:val="00123788"/>
+    <w:rsid w:val="001528B7"/>
     <w:rsid w:val="001570DA"/>
     <w:rsid w:val="0016382E"/>
     <w:rsid w:val="001C551D"/>
     <w:rsid w:val="001E359A"/>
     <w:rsid w:val="002245D1"/>
     <w:rsid w:val="002846A1"/>
     <w:rsid w:val="002F4DCA"/>
     <w:rsid w:val="0037159F"/>
     <w:rsid w:val="003B205A"/>
     <w:rsid w:val="003F1514"/>
+    <w:rsid w:val="00474020"/>
     <w:rsid w:val="004A5DD1"/>
     <w:rsid w:val="004D7211"/>
     <w:rsid w:val="00517F4B"/>
     <w:rsid w:val="00562BB8"/>
     <w:rsid w:val="00581A0C"/>
     <w:rsid w:val="006906CA"/>
+    <w:rsid w:val="00700DBA"/>
+    <w:rsid w:val="00724087"/>
+    <w:rsid w:val="007440C1"/>
+    <w:rsid w:val="00747FE4"/>
     <w:rsid w:val="00753B6A"/>
     <w:rsid w:val="00771E1E"/>
+    <w:rsid w:val="007E34A4"/>
     <w:rsid w:val="00815B72"/>
     <w:rsid w:val="0082090B"/>
+    <w:rsid w:val="008D2838"/>
     <w:rsid w:val="008D305F"/>
     <w:rsid w:val="00923EB5"/>
+    <w:rsid w:val="00960C0B"/>
     <w:rsid w:val="009776B5"/>
+    <w:rsid w:val="009A7B81"/>
     <w:rsid w:val="009E7007"/>
     <w:rsid w:val="00A22A90"/>
     <w:rsid w:val="00A9436B"/>
     <w:rsid w:val="00B17402"/>
     <w:rsid w:val="00C521C7"/>
+    <w:rsid w:val="00C546A9"/>
     <w:rsid w:val="00C55C67"/>
     <w:rsid w:val="00CE255E"/>
     <w:rsid w:val="00CF2A05"/>
     <w:rsid w:val="00E922B7"/>
+    <w:rsid w:val="00EA131A"/>
     <w:rsid w:val="00EE3DC0"/>
     <w:rsid w:val="00F21C66"/>
     <w:rsid w:val="00F26F5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="48C88AE8"/>
   <w15:docId w15:val="{CF36DDC0-044D-4AEC-B19A-FAD1E68AEC82}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1039,50 +1163,53 @@
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1258,50 +1385,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E922B7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:qFormat/>
     <w:rsid w:val="00E922B7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
@@ -1369,50 +1497,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standard"/>
     <w:rsid w:val="00E922B7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
+    <w:link w:val="FuzeileZchn"/>
     <w:rsid w:val="00E922B7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:rsid w:val="00E922B7"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sprechblasentext">
     <w:name w:val="Balloon Text"/>
@@ -1439,93 +1568,121 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift1"/>
     <w:rsid w:val="002F4DCA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002F4DCA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
+    <w:name w:val="Fußzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Fuzeile"/>
+    <w:rsid w:val="008D2838"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="314797444">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="755058485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1734573047">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\T.Hempel\AppData\Roaming\Microsoft\Templates\AB%20Informatik.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -1812,29 +1969,30 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Richard-Wossidlo-Gymnasium Ribnitz-Damgarten</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>224</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tino Hempel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>